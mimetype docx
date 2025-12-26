--- v0 (2025-10-12)
+++ v1 (2025-12-26)
@@ -11,51 +11,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="65F906DB" w14:textId="3F0898F9" w:rsidR="008765BE" w:rsidRPr="00D17E7B" w:rsidRDefault="00A36A54" w:rsidP="006B7FEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3510"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17E7B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">REQUEST </w:t>
       </w:r>
       <w:r w:rsidR="001C1115" w:rsidRPr="00D17E7B">
@@ -677,51 +677,50 @@
             <w:tblGrid>
               <w:gridCol w:w="6968"/>
               <w:gridCol w:w="567"/>
               <w:gridCol w:w="7087"/>
             </w:tblGrid>
             <w:tr w:rsidR="00C54735" w:rsidRPr="00D17E7B" w14:paraId="6C9A1FC3" w14:textId="77777777" w:rsidTr="006B7FEF">
               <w:trPr>
                 <w:trHeight w:val="454"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14622" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="18" w:space="0" w:color="5A646A" w:themeColor="background2" w:themeShade="BF"/>
                     <w:bottom w:val="single" w:sz="18" w:space="0" w:color="5A646A" w:themeColor="background2" w:themeShade="BF"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="6FC4D130" w14:textId="7427E9DC" w:rsidR="00C54735" w:rsidRPr="00D17E7B" w:rsidRDefault="00731728" w:rsidP="00473CA6">
                   <w:pPr>
                     <w:pStyle w:val="Heading1"/>
                     <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
-                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>Section 1</w:t>
                   </w:r>
                   <w:r w:rsidR="001E0ED0" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -989,62 +988,60 @@
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7087" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
                 <w:p w14:paraId="57EA92BC" w14:textId="77777777" w:rsidR="00C54735" w:rsidRPr="00D17E7B" w:rsidRDefault="00C54735" w:rsidP="00C54735">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>FdR</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="52D3CFC9" w14:textId="12BCDCD1" w:rsidR="00C66C75" w:rsidRPr="00D17E7B" w:rsidRDefault="00C66C75" w:rsidP="00DF0F0B">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="726FED47" w14:textId="22327F8B" w:rsidR="00665B61" w:rsidRPr="00D17E7B" w:rsidRDefault="00665B61" w:rsidP="00665B61">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1095,51 +1092,50 @@
                 <w:top w:w="28" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="14622"/>
             </w:tblGrid>
             <w:tr w:rsidR="002E2E14" w:rsidRPr="00D17E7B" w14:paraId="35EDCF3F" w14:textId="77777777" w:rsidTr="006B7FEF">
               <w:trPr>
                 <w:trHeight w:val="454"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14622" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="18" w:space="0" w:color="5A646A" w:themeColor="background2" w:themeShade="BF"/>
                     <w:bottom w:val="single" w:sz="18" w:space="0" w:color="5A646A" w:themeColor="background2" w:themeShade="BF"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="22D73A8C" w14:textId="3903680D" w:rsidR="002E2E14" w:rsidRPr="00D17E7B" w:rsidRDefault="001E0ED0" w:rsidP="00731728">
                   <w:pPr>
                     <w:pStyle w:val="Heading1"/>
                     <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
-                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Section </w:t>
                   </w:r>
                   <w:r w:rsidR="00731728" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
@@ -1204,109 +1200,81 @@
             </w:tr>
             <w:tr w:rsidR="00683D59" w:rsidRPr="00D17E7B" w14:paraId="3C985957" w14:textId="77777777" w:rsidTr="006B7FEF">
               <w:trPr>
                 <w:trHeight w:val="57"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14622" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="414985A1" w14:textId="29314CF4" w:rsidR="00683D59" w:rsidRPr="00D17E7B" w:rsidRDefault="00B3626F" w:rsidP="00B3626F">
                   <w:pPr>
                     <w:spacing w:after="140"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Check the appropriate </w:t>
-[...27 lines deleted...]
-                    <w:t>) indicating the type of informati</w:t>
+                    <w:t>Check the appropriate box(es) indicating the type of informati</w:t>
                   </w:r>
                   <w:r w:rsidR="004508F9" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>on you are requesting</w:t>
                   </w:r>
                   <w:r w:rsidR="006B7FEF" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B3626F" w:rsidRPr="00D17E7B" w14:paraId="3E200F62" w14:textId="77777777" w:rsidTr="006B7FEF">
               <w:trPr>
                 <w:trHeight w:val="57"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14622" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3BA82F01" w14:textId="08007AC8" w:rsidR="00B3626F" w:rsidRPr="00D17E7B" w:rsidRDefault="00BF57B0" w:rsidP="003B14F0">
+                <w:p w14:paraId="3BA82F01" w14:textId="08007AC8" w:rsidR="00B3626F" w:rsidRPr="00D17E7B" w:rsidRDefault="00EB6EB1" w:rsidP="003B14F0">
                   <w:pPr>
                     <w:spacing w:after="60"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Contractorformat"/>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                       </w:rPr>
                       <w:id w:val="1173226722"/>
                       <w:lock w:val="sdtLocked"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
@@ -1327,113 +1295,96 @@
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="001A6C59" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">I wish to request </w:t>
                   </w:r>
                   <w:r w:rsidR="00FF3E36" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">additional </w:t>
                   </w:r>
                   <w:r w:rsidR="001A6C59" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">information about one or </w:t>
-[...1 lines deleted...]
-                  <w:proofErr w:type="gramStart"/>
+                    <w:t>information about one or more specific point</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00FF3E36" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
                   <w:r w:rsidR="001A6C59" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t>more specific point</w:t>
+                    <w:t>s</w:t>
                   </w:r>
                   <w:r w:rsidR="00FF3E36" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t>(</w:t>
+                    <w:t>)</w:t>
+                  </w:r>
+                  <w:r w:rsidR="004508F9" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="001A6C59" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                      <w:lang w:val="en-GB"/>
-[...8 lines deleted...]
-                    <w:t>)</w:t>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">of </w:t>
                   </w:r>
                   <w:r w:rsidR="004508F9" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
-[...24 lines deleted...]
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:t xml:space="preserve">the quality evaluation report </w:t>
                   </w:r>
                   <w:r w:rsidR="00B3626F" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">(in this case, please </w:t>
                   </w:r>
                   <w:r w:rsidR="003B14F0">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>fill in</w:t>
                   </w:r>
                   <w:r w:rsidR="0094331B" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> the table </w:t>
                   </w:r>
@@ -1508,51 +1459,51 @@
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                   <w:r w:rsidR="004508F9" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00B3626F" w:rsidRPr="00D17E7B" w14:paraId="2AF5EC48" w14:textId="77777777" w:rsidTr="006B7FEF">
               <w:trPr>
                 <w:trHeight w:val="57"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14622" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="6EFAEA28" w14:textId="476CE389" w:rsidR="00B3626F" w:rsidRPr="00D17E7B" w:rsidRDefault="00BF57B0" w:rsidP="008957CC">
+                <w:p w14:paraId="6EFAEA28" w14:textId="476CE389" w:rsidR="00B3626F" w:rsidRPr="00D17E7B" w:rsidRDefault="00EB6EB1" w:rsidP="008957CC">
                   <w:pPr>
                     <w:spacing w:after="60"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rStyle w:val="Contractorformat"/>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                       </w:rPr>
                       <w:id w:val="-2088676537"/>
                       <w:lock w:val="sdtLocked"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:rStyle w:val="Contractorformat"/>
@@ -1763,51 +1714,50 @@
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="14636"/>
             </w:tblGrid>
             <w:tr w:rsidR="00D3624C" w:rsidRPr="00D17E7B" w14:paraId="0F6946A6" w14:textId="77777777" w:rsidTr="00FB0945">
               <w:trPr>
                 <w:trHeight w:val="454"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14636" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="18" w:space="0" w:color="5A646A" w:themeColor="background2" w:themeShade="BF"/>
                     <w:bottom w:val="single" w:sz="18" w:space="0" w:color="5A646A" w:themeColor="background2" w:themeShade="BF"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="753BBA5C" w14:textId="60C3D149" w:rsidR="00D3624C" w:rsidRPr="00D17E7B" w:rsidRDefault="00731728" w:rsidP="005123D5">
                   <w:pPr>
                     <w:pStyle w:val="Heading1"/>
                     <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
-                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:bookmarkStart w:id="0" w:name="_Section_4:_Information"/>
                   <w:bookmarkStart w:id="1" w:name="Section_3"/>
                   <w:bookmarkStart w:id="2" w:name="_Ref31817330"/>
                   <w:bookmarkEnd w:id="0"/>
                   <w:r w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
@@ -2814,51 +2764,50 @@
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="14635"/>
             </w:tblGrid>
             <w:tr w:rsidR="0002124F" w:rsidRPr="00D17E7B" w14:paraId="3B41CADE" w14:textId="77777777" w:rsidTr="00FB0945">
               <w:trPr>
                 <w:trHeight w:val="454"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14635" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="18" w:space="0" w:color="5A646A" w:themeColor="background2" w:themeShade="BF"/>
                     <w:bottom w:val="single" w:sz="18" w:space="0" w:color="5A646A" w:themeColor="background2" w:themeShade="BF"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="3F019870" w14:textId="23F8F334" w:rsidR="0002124F" w:rsidRPr="00D17E7B" w:rsidRDefault="00731728" w:rsidP="00E424B5">
                   <w:pPr>
                     <w:pStyle w:val="Heading1"/>
                     <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
-                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:bookmarkStart w:id="3" w:name="_Section_5:_Contractor"/>
                   <w:bookmarkStart w:id="4" w:name="Section_4"/>
                   <w:bookmarkStart w:id="5" w:name="_Ref31817444"/>
                   <w:bookmarkEnd w:id="3"/>
                   <w:r w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
@@ -2932,269 +2881,249 @@
                   <w:pPr>
                     <w:spacing w:before="100" w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>T</w:t>
                   </w:r>
                   <w:r w:rsidR="00FD64AE" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">his section </w:t>
                   </w:r>
-                  <w:proofErr w:type="gramStart"/>
                   <w:r w:rsidR="00F50399" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>must</w:t>
                   </w:r>
                   <w:r w:rsidR="00717339" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> be </w:t>
                   </w:r>
                   <w:r w:rsidR="00F50399" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t>used</w:t>
-[...2 lines deleted...]
-                  <w:r w:rsidR="00F50399" w:rsidRPr="00D17E7B">
+                    <w:t xml:space="preserve">used </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00013575" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
+                    <w:t xml:space="preserve">for a </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00FD64AE" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t>gener</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00717339" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t>al request</w:t>
+                  </w:r>
+                  <w:r w:rsidR="004B59F4" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> for information</w:t>
+                  </w:r>
+                  <w:r w:rsidR="004E54F3" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
+                  <w:r w:rsidR="00136598" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">or </w:t>
+                  </w:r>
                   <w:r w:rsidR="00013575" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">for a </w:t>
+                    <w:t xml:space="preserve">a </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00136598" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t>general comment</w:t>
                   </w:r>
                   <w:r w:rsidR="00FD64AE" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t>gener</w:t>
+                    <w:t xml:space="preserve">. </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00F90860" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">In order to submit a </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00FD64AE" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t>request</w:t>
                   </w:r>
                   <w:r w:rsidR="00717339" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t>al request</w:t>
-[...1 lines deleted...]
-                  <w:r w:rsidR="004B59F4" w:rsidRPr="00D17E7B">
+                    <w:t xml:space="preserve"> for </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00F90860" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> for information</w:t>
-[...1 lines deleted...]
-                  <w:r w:rsidR="004E54F3" w:rsidRPr="00D17E7B">
+                    <w:t xml:space="preserve">additional </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00717339" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:t>information</w:t>
                   </w:r>
                   <w:r w:rsidR="00136598" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">or </w:t>
+                    <w:t xml:space="preserve"> in connection </w:t>
+                  </w:r>
+                  <w:r w:rsidR="003B6C9D" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">with </w:t>
                   </w:r>
                   <w:r w:rsidR="00013575" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">a </w:t>
+                    <w:t xml:space="preserve">one or more </w:t>
                   </w:r>
                   <w:r w:rsidR="00136598" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t>general comment</w:t>
-[...1 lines deleted...]
-                  <w:r w:rsidR="00FD64AE" w:rsidRPr="00D17E7B">
+                    <w:t xml:space="preserve">specific </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00013575" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">. </w:t>
+                    <w:t xml:space="preserve">issue(s) </w:t>
+                  </w:r>
+                  <w:r w:rsidR="003B6C9D" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t>identified i</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00013575" w:rsidRPr="00D17E7B">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:color w:val="000000"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">n your </w:t>
                   </w:r>
                   <w:r w:rsidR="00F90860" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">In order to submit a </w:t>
-[...105 lines deleted...]
-                    <w:t xml:space="preserve"> e</w:t>
+                    <w:t>quality e</w:t>
                   </w:r>
                   <w:r w:rsidR="00DD56F5" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>valuation report</w:t>
                   </w:r>
                   <w:r w:rsidR="00717339" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>,</w:t>
                   </w:r>
                   <w:r w:rsidR="00FD64AE" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> please</w:t>
                   </w:r>
@@ -3426,51 +3355,50 @@
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4290"/>
               <w:gridCol w:w="10345"/>
             </w:tblGrid>
             <w:tr w:rsidR="004F744B" w:rsidRPr="00D17E7B" w14:paraId="269A29BF" w14:textId="77777777" w:rsidTr="00AB58F2">
               <w:trPr>
                 <w:trHeight w:val="454"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14635" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
                     <w:bottom w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="CAD6E6" w:themeFill="accent2" w:themeFillTint="33"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="784267EF" w14:textId="1E4660F5" w:rsidR="004F744B" w:rsidRPr="00D17E7B" w:rsidRDefault="002D6C44" w:rsidP="002D6C44">
                   <w:pPr>
                     <w:pStyle w:val="Heading1"/>
                     <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
-                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="283C56" w:themeColor="accent2"/>
                       <w:sz w:val="6"/>
                       <w:szCs w:val="6"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
                     <w:t xml:space="preserve">General Comment - </w:t>
                   </w:r>
                   <w:r w:rsidR="004F744B" w:rsidRPr="00F47F91">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3518,51 +3446,50 @@
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t>(LU)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="002D7050" w:rsidRPr="00D17E7B" w14:paraId="70894FEB" w14:textId="77777777" w:rsidTr="002D7050">
               <w:trPr>
                 <w:trHeight w:val="454"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4290" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
                     <w:bottom w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="CAD6E6" w:themeFill="accent2" w:themeFillTint="33"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="603055B1" w14:textId="639C0C79" w:rsidR="002D7050" w:rsidRPr="00122955" w:rsidRDefault="009A18B3" w:rsidP="00C165D6">
                   <w:pPr>
                     <w:pStyle w:val="Heading1"/>
                     <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
-                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Quality mark confirmed</w:t>
                   </w:r>
                   <w:r w:rsidR="00C165D6">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
@@ -3733,51 +3660,50 @@
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00AB58F2" w:rsidRPr="00D17E7B" w14:paraId="1E55F0AD" w14:textId="77777777" w:rsidTr="00AB58F2">
               <w:trPr>
                 <w:trHeight w:val="57"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14635" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="CAD6E6" w:themeFill="accent2" w:themeFillTint="33"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="0E95A7E0" w14:textId="77777777" w:rsidR="00AB58F2" w:rsidRPr="00AB58F2" w:rsidRDefault="00AB58F2" w:rsidP="002D6C44">
                   <w:pPr>
                     <w:pStyle w:val="Heading1"/>
                     <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
-                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="6"/>
                       <w:szCs w:val="6"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="004F744B" w:rsidRPr="00D17E7B" w14:paraId="10C54296" w14:textId="77777777" w:rsidTr="00122955">
               <w:trPr>
                 <w:trHeight w:val="6558"/>
               </w:trPr>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:color w:val="283C56" w:themeColor="accent2"/>
                   </w:rPr>
                   <w:alias w:val="General Comment - EP (LU)"/>
                   <w:tag w:val="General Comment - EP (LU)"/>
                   <w:id w:val="-2117744754"/>
@@ -3927,56 +3853,55 @@
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1883"/>
               <w:gridCol w:w="2410"/>
               <w:gridCol w:w="1417"/>
               <w:gridCol w:w="1559"/>
               <w:gridCol w:w="1694"/>
               <w:gridCol w:w="7"/>
               <w:gridCol w:w="5670"/>
             </w:tblGrid>
             <w:tr w:rsidR="00220D4B" w:rsidRPr="00D17E7B" w14:paraId="29BEC385" w14:textId="77777777" w:rsidTr="00FB0945">
               <w:trPr>
                 <w:trHeight w:val="454"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="14640" w:type="dxa"/>
                   <w:gridSpan w:val="7"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="CAD6E6" w:themeFill="accent2" w:themeFillTint="33"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="511EE833" w14:textId="1ACCE9FF" w:rsidR="00220D4B" w:rsidRPr="00D17E7B" w:rsidRDefault="00220D4B" w:rsidP="00D17E7B">
+                <w:p w14:paraId="511EE833" w14:textId="79C00A53" w:rsidR="00220D4B" w:rsidRPr="00D17E7B" w:rsidRDefault="00220D4B" w:rsidP="00D17E7B">
                   <w:pPr>
                     <w:pStyle w:val="Heading1"/>
                     <w:spacing w:before="0" w:after="0" w:line="259" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
-                    <w:outlineLvl w:val="0"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00F47F91">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Section for </w:t>
                   </w:r>
                   <w:r w:rsidR="00D17E7B" w:rsidRPr="00F47F91">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3989,51 +3914,75 @@
                     </w:rPr>
                     <w:t>EP</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00F47F91">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> use only</w:t>
                   </w:r>
                   <w:r w:rsidR="00CE5EFB" w:rsidRPr="00F47F91">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> (ETU)</w:t>
+                    <w:t xml:space="preserve"> (</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00EB6EB1">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="1F497D"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t>Outsourcing Unit</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00CE5EFB" w:rsidRPr="00F47F91">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="1F497D"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="en-GB"/>
+                    </w:rPr>
+                    <w:t>)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00220D4B" w:rsidRPr="00D17E7B" w14:paraId="1C06A3BC" w14:textId="77777777" w:rsidTr="00FB0945">
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7269" w:type="dxa"/>
                   <w:gridSpan w:val="4"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="073672"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="CAD6E6" w:themeFill="accent2" w:themeFillTint="33"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="165F9ABD" w14:textId="77777777" w:rsidR="00220D4B" w:rsidRPr="00D17E7B" w:rsidRDefault="00220D4B" w:rsidP="00E125F3">
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4355,51 +4304,51 @@
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:color w:val="283C56" w:themeColor="accent2"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:color w:val="283C56" w:themeColor="accent2"/>
                     </w:rPr>
                     <w:t>Compliance with the deadline:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1417" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="073672"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="CAD6E6" w:themeFill="accent2" w:themeFillTint="33"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="5139B3FA" w14:textId="0362F2B6" w:rsidR="002D6C44" w:rsidRPr="00D17E7B" w:rsidRDefault="00BF57B0" w:rsidP="00E125F3">
+                <w:p w14:paraId="5139B3FA" w14:textId="0362F2B6" w:rsidR="002D6C44" w:rsidRPr="00D17E7B" w:rsidRDefault="00EB6EB1" w:rsidP="00E125F3">
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="283C56" w:themeColor="accent2"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:color w:val="283C56" w:themeColor="accent2"/>
                       </w:rPr>
                       <w:tag w:val="Receipt of the request"/>
                       <w:id w:val="498241331"/>
                       <w:lock w:val="sdtLocked"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
                       <w:r w:rsidR="009A18B3">
@@ -4408,51 +4357,51 @@
                           <w:color w:val="283C56" w:themeColor="accent2"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="002D6C44" w:rsidRPr="00D17E7B">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="283C56" w:themeColor="accent2"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> yes</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1559" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="073672"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="073672"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="CAD6E6" w:themeFill="accent2" w:themeFillTint="33"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="2DBA57E3" w14:textId="48C783C1" w:rsidR="002D6C44" w:rsidRPr="00D17E7B" w:rsidRDefault="00BF57B0" w:rsidP="00E125F3">
+                <w:p w14:paraId="2DBA57E3" w14:textId="48C783C1" w:rsidR="002D6C44" w:rsidRPr="00D17E7B" w:rsidRDefault="00EB6EB1" w:rsidP="00E125F3">
                   <w:pPr>
                     <w:spacing w:after="0"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:color w:val="283C56" w:themeColor="accent2"/>
                       <w:lang w:val="en-GB"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:cstheme="minorHAnsi"/>
                         <w:color w:val="283C56" w:themeColor="accent2"/>
                       </w:rPr>
                       <w:tag w:val="Receipt of the request"/>
                       <w:id w:val="180477656"/>
                       <w:lock w:val="sdtLocked"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
@@ -4590,118 +4539,118 @@
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="134D5E12" w14:textId="41F83F6C" w:rsidR="006B43F3" w:rsidRPr="00D17E7B" w:rsidRDefault="006B43F3" w:rsidP="0002377C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006B43F3" w:rsidRPr="00D17E7B" w:rsidSect="0047640B">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="1021" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="495A62BD" w14:textId="77777777" w:rsidR="00C82E4F" w:rsidRDefault="00C82E4F" w:rsidP="00102B4E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="09074A7B" w14:textId="77777777" w:rsidR="00C82E4F" w:rsidRDefault="00C82E4F" w:rsidP="00102B4E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="675925006"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="4F6052F9" w14:textId="2B875DCF" w:rsidR="0047135D" w:rsidRPr="0047135D" w:rsidRDefault="0047135D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
@@ -4761,51 +4710,51 @@
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r w:rsidRPr="0047135D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Page</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3D5BF2B9" w14:textId="77777777" w:rsidR="003C3B91" w:rsidRDefault="003C3B91">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-147518475"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6C985C20" w14:textId="16B7947C" w:rsidR="0047135D" w:rsidRPr="0047135D" w:rsidRDefault="0047135D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:jc w:val="right"/>
@@ -4865,70 +4814,70 @@
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r w:rsidRPr="0047135D">
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>Page</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2C13185C" w14:textId="77777777" w:rsidR="00972314" w:rsidRDefault="00972314">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="57A4EF0E" w14:textId="77777777" w:rsidR="00C82E4F" w:rsidRDefault="00C82E4F" w:rsidP="00102B4E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0E76FB86" w14:textId="77777777" w:rsidR="00C82E4F" w:rsidRDefault="00C82E4F" w:rsidP="00102B4E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="25DDE686" w14:textId="77777777" w:rsidR="00A3670C" w:rsidRPr="00A3670C" w:rsidRDefault="0047640B" w:rsidP="001C1115">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001C1115">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EF9C79F" wp14:editId="3F6BE7BE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8157845</wp:posOffset>
@@ -5015,51 +4964,51 @@
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>TRANSLATION QUALITY EVALUATION REPORT</w:t>
     </w:r>
     <w:r w:rsidR="001C1115" w:rsidRPr="001C1115">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C2BC8C5" w14:textId="77777777" w:rsidR="00102B4E" w:rsidRPr="001C1115" w:rsidRDefault="00102B4E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1B50C8D8" w14:textId="5D8BE9B4" w:rsidR="00972314" w:rsidRPr="00A3670C" w:rsidRDefault="00972314" w:rsidP="002D6C44">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001C1115">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:szCs w:val="24"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4596D723" wp14:editId="5B918005">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>8157845</wp:posOffset>
@@ -5155,51 +5104,51 @@
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7BFFA9FE" w14:textId="77777777" w:rsidR="00972314" w:rsidRPr="001C1115" w:rsidRDefault="00972314" w:rsidP="00972314">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1A297255" w14:textId="77777777" w:rsidR="00972314" w:rsidRPr="00972314" w:rsidRDefault="00972314" w:rsidP="00972314">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1482775B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5A0E5A7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5242,107 +5191,107 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="759839463">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1190027181">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="662204845">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="223613677">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="745491629">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="684743539">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2140605059">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2125423494">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="610434782">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1817213657">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00102B4E"/>
     <w:rsid w:val="000049C7"/>
     <w:rsid w:val="00013575"/>
     <w:rsid w:val="00017690"/>
     <w:rsid w:val="0002124F"/>
     <w:rsid w:val="000225A1"/>
     <w:rsid w:val="0002377C"/>
     <w:rsid w:val="00030689"/>
     <w:rsid w:val="00041127"/>
     <w:rsid w:val="0004348E"/>
     <w:rsid w:val="00050F11"/>
     <w:rsid w:val="00073FC4"/>
     <w:rsid w:val="000924B1"/>
     <w:rsid w:val="00094C61"/>
     <w:rsid w:val="000C35A0"/>
     <w:rsid w:val="000D24B6"/>
     <w:rsid w:val="000E669B"/>
     <w:rsid w:val="00102B4E"/>
     <w:rsid w:val="00113894"/>
     <w:rsid w:val="00122955"/>
     <w:rsid w:val="00136598"/>
     <w:rsid w:val="0014180D"/>
     <w:rsid w:val="001472EE"/>
@@ -5511,153 +5460,156 @@
     <w:rsid w:val="00AB58F2"/>
     <w:rsid w:val="00AB7434"/>
     <w:rsid w:val="00AC1482"/>
     <w:rsid w:val="00AC1C2C"/>
     <w:rsid w:val="00AD5B89"/>
     <w:rsid w:val="00AE4D70"/>
     <w:rsid w:val="00AF6C0F"/>
     <w:rsid w:val="00AF7C59"/>
     <w:rsid w:val="00B002CF"/>
     <w:rsid w:val="00B129AF"/>
     <w:rsid w:val="00B2514F"/>
     <w:rsid w:val="00B2565B"/>
     <w:rsid w:val="00B3626F"/>
     <w:rsid w:val="00B412F1"/>
     <w:rsid w:val="00B61D1C"/>
     <w:rsid w:val="00B61E42"/>
     <w:rsid w:val="00B648A6"/>
     <w:rsid w:val="00B8337C"/>
     <w:rsid w:val="00B85192"/>
     <w:rsid w:val="00B8547C"/>
     <w:rsid w:val="00BB2C38"/>
     <w:rsid w:val="00BD1F45"/>
     <w:rsid w:val="00BF57B0"/>
     <w:rsid w:val="00C165D6"/>
     <w:rsid w:val="00C21D3E"/>
+    <w:rsid w:val="00C3588D"/>
     <w:rsid w:val="00C4019C"/>
     <w:rsid w:val="00C41550"/>
     <w:rsid w:val="00C508D4"/>
     <w:rsid w:val="00C54735"/>
     <w:rsid w:val="00C5517E"/>
     <w:rsid w:val="00C66C75"/>
     <w:rsid w:val="00C73D1D"/>
     <w:rsid w:val="00C82E4F"/>
     <w:rsid w:val="00C9391E"/>
     <w:rsid w:val="00CA1C83"/>
     <w:rsid w:val="00CB6874"/>
     <w:rsid w:val="00CC4A65"/>
     <w:rsid w:val="00CE5EFB"/>
     <w:rsid w:val="00CF4CCA"/>
     <w:rsid w:val="00D032BD"/>
     <w:rsid w:val="00D0519F"/>
     <w:rsid w:val="00D0527D"/>
     <w:rsid w:val="00D16FC8"/>
     <w:rsid w:val="00D17E7B"/>
     <w:rsid w:val="00D3624C"/>
     <w:rsid w:val="00D5371E"/>
     <w:rsid w:val="00D77544"/>
     <w:rsid w:val="00D929A3"/>
     <w:rsid w:val="00DA6028"/>
     <w:rsid w:val="00DB3BE1"/>
+    <w:rsid w:val="00DC4D71"/>
     <w:rsid w:val="00DD56F5"/>
     <w:rsid w:val="00DF0F0B"/>
     <w:rsid w:val="00DF2756"/>
     <w:rsid w:val="00E213FE"/>
     <w:rsid w:val="00E25E6C"/>
     <w:rsid w:val="00E424B5"/>
     <w:rsid w:val="00E806D2"/>
     <w:rsid w:val="00E942E0"/>
     <w:rsid w:val="00E968C1"/>
+    <w:rsid w:val="00EB6EB1"/>
     <w:rsid w:val="00EC4F93"/>
     <w:rsid w:val="00ED7974"/>
     <w:rsid w:val="00EE273F"/>
     <w:rsid w:val="00F0019E"/>
     <w:rsid w:val="00F31146"/>
     <w:rsid w:val="00F47F91"/>
     <w:rsid w:val="00F5022B"/>
     <w:rsid w:val="00F50399"/>
     <w:rsid w:val="00F570D5"/>
     <w:rsid w:val="00F600E0"/>
     <w:rsid w:val="00F71AA8"/>
     <w:rsid w:val="00F834F8"/>
     <w:rsid w:val="00F90860"/>
     <w:rsid w:val="00FB0945"/>
     <w:rsid w:val="00FB1460"/>
     <w:rsid w:val="00FD5557"/>
     <w:rsid w:val="00FD64AE"/>
     <w:rsid w:val="00FE04A0"/>
     <w:rsid w:val="00FE580A"/>
     <w:rsid w:val="00FF2B07"/>
     <w:rsid w:val="00FF3E36"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="522CC5B4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E52E1D96-B155-4A8F-A31A-5123DADE53A0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5985,50 +5937,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00220D4B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003C3B91"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="400" w:after="40" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="32445B" w:themeColor="accent1" w:themeShade="80"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
@@ -7074,102 +7031,102 @@
     <w:name w:val="Contractor_format"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00BB2C38"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:color w:val="auto"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Contractorformattable">
     <w:name w:val="Contractor_format_table"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="006C414C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:color w:val="auto"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="855777144">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1653488552">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dgtrad.etucontractsexecution@europarl.europa.eu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013436"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E98D15EB-0298-49DF-8110-60C3F83A03AD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00686649" w:rsidRDefault="000B404A">
           <w:r w:rsidRPr="00521B1B">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Enter any content that you want to repeat, including other content controls. You can also insert this control around table rows in order to repeat parts of a table.</w:t>
           </w:r>
         </w:p>
@@ -7398,193 +7355,193 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BA5D3C4E-4E79-441C-ADCD-2C767A3D2514}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002A383E" w:rsidRDefault="00E73071">
           <w:r w:rsidRPr="00CA7421">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB3263"/>
     <w:rsid w:val="00077007"/>
     <w:rsid w:val="000B404A"/>
     <w:rsid w:val="000D2E3F"/>
     <w:rsid w:val="000F07D7"/>
     <w:rsid w:val="0010533E"/>
     <w:rsid w:val="00161653"/>
     <w:rsid w:val="00172A12"/>
     <w:rsid w:val="00245622"/>
     <w:rsid w:val="002A383E"/>
     <w:rsid w:val="00332FA1"/>
     <w:rsid w:val="00354140"/>
     <w:rsid w:val="00380DCC"/>
     <w:rsid w:val="004941FE"/>
     <w:rsid w:val="004F71BD"/>
     <w:rsid w:val="00686649"/>
     <w:rsid w:val="006C284B"/>
     <w:rsid w:val="0078050D"/>
     <w:rsid w:val="008221DE"/>
     <w:rsid w:val="009A3206"/>
     <w:rsid w:val="00A30A4A"/>
     <w:rsid w:val="00A86408"/>
     <w:rsid w:val="00BB3263"/>
     <w:rsid w:val="00C044BD"/>
     <w:rsid w:val="00C146DF"/>
+    <w:rsid w:val="00DC4D71"/>
     <w:rsid w:val="00DD1D85"/>
     <w:rsid w:val="00E73071"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7912,1883 +7869,151 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00077007"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="92401B3D51584FF19AC86411E0A1D8B7">
-[...1606 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="23BE952A914A48DDBBF51046E1A65C662">
     <w:name w:val="23BE952A914A48DDBBF51046E1A65C662"/>
-    <w:rsid w:val="00245622"/>
-[...19 lines deleted...]
-    <w:name w:val="9F233E3FFE094A05AFE83ADED0D5D7AA2"/>
     <w:rsid w:val="00245622"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="238FCECEF8F346F68FF4EE18F49BDA322">
     <w:name w:val="238FCECEF8F346F68FF4EE18F49BDA322"/>
     <w:rsid w:val="00245622"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC798390AD0B4EBE9108F141401B9DD52">
     <w:name w:val="EC798390AD0B4EBE9108F141401B9DD52"/>
-    <w:rsid w:val="00245622"/>
-[...54 lines deleted...]
-    <w:name w:val="58C3A1C8169143E58DF3FA946E10EB591"/>
     <w:rsid w:val="00245622"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0DE1A2FC5C864A0F9E807C68BFA4CADC1">
     <w:name w:val="0DE1A2FC5C864A0F9E807C68BFA4CADC1"/>
     <w:rsid w:val="00245622"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E82CC82A75B146D0828CD1BE8FAA3B211">
     <w:name w:val="E82CC82A75B146D0828CD1BE8FAA3B211"/>
     <w:rsid w:val="00245622"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBD32BA6D96B45469543B67F76A3D0841">
     <w:name w:val="EBD32BA6D96B45469543B67F76A3D0841"/>
     <w:rsid w:val="00245622"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="19C59E3149F54C63B698AA10D6066FA61">
     <w:name w:val="19C59E3149F54C63B698AA10D6066FA61"/>
     <w:rsid w:val="00245622"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E12E4317AE2413D914B8D28C7970B8E">
-[...50 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="EP">
   <a:themeElements>
     <a:clrScheme name="EP">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0A4999"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="7A868E"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="6D89AE"/>
       </a:accent1>
       <a:accent2>
@@ -10006,75 +8231,75 @@
       </a:lstStyle>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79457BC9-845B-4B6D-ADE9-AF7D80CFFBC9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>normal.dotm</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>418</Words>
-  <Characters>2387</Characters>
+  <Words>420</Words>
+  <Characters>2397</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>REQUEST FOR ADDITIONAL INFORMATION - FORM
 TRANSLATION QUALITY EVALUATION REPORT</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Parliament</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2800</CharactersWithSpaces>
+  <CharactersWithSpaces>2812</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>REQUEST FOR ADDITIONAL INFORMATION - FORM
 TRANSLATION QUALITY EVALUATION REPORT</dc:title>
   <dc:subject/>
   <dc:creator>IDONE Ilenia Domenica</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>