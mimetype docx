--- v0 (2025-10-12)
+++ v1 (2025-12-26)
@@ -8,89 +8,89 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00275A81" w:rsidRDefault="0071716D" w:rsidP="00824251">
+    <w:p w14:paraId="71D31294" w14:textId="77777777" w:rsidR="00275A81" w:rsidRDefault="0071716D" w:rsidP="00824251">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Late </w:t>
       </w:r>
       <w:r w:rsidR="00E01A64">
         <w:t>Delivery Justification Form</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5307" w:type="pct"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13745"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0071716D" w:rsidRPr="00D17E7B" w:rsidTr="00341728">
+      <w:tr w:rsidR="0071716D" w:rsidRPr="00D17E7B" w14:paraId="62895E8E" w14:textId="77777777" w:rsidTr="00341728">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0071716D" w:rsidRPr="00F47F91" w:rsidRDefault="0071716D" w:rsidP="00341728">
+          <w:p w14:paraId="497CA084" w14:textId="77777777" w:rsidR="0071716D" w:rsidRPr="00F47F91" w:rsidRDefault="0071716D" w:rsidP="00341728">
             <w:pPr>
               <w:spacing w:before="100" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">In case of a late </w:t>
             </w:r>
             <w:r w:rsidR="00824251">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -105,51 +105,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> please fill in this form and send it by email to </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="00464521">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>dgtrad.etucontractsexecution@europarl.europa.eu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00F47F91">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0071716D" w:rsidRPr="00D17E7B" w:rsidRDefault="0071716D" w:rsidP="00E01A64">
+          <w:p w14:paraId="4D26BF65" w14:textId="77777777" w:rsidR="0071716D" w:rsidRPr="00D17E7B" w:rsidRDefault="0071716D" w:rsidP="00E01A64">
             <w:pPr>
               <w:spacing w:after="80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="C0504D" w:themeColor="accent2"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F47F91">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="C0504D" w:themeColor="accent2"/>
               </w:rPr>
               <w:t>Please note that the s</w:t>
             </w:r>
             <w:r w:rsidR="00E01A64">
               <w:rPr>
@@ -184,159 +184,145 @@
               </w:rPr>
               <w:t>red</w:t>
             </w:r>
             <w:r w:rsidRPr="00F47F91">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="C0504D" w:themeColor="accent2"/>
               </w:rPr>
               <w:t xml:space="preserve"> are reserved for </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="C0504D" w:themeColor="accent2"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F47F91">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:color="C0504D" w:themeColor="accent2"/>
               </w:rPr>
-              <w:t>Authorising</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> Authority use only</w:t>
+              <w:t>Authorising Authority use only</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0071716D" w:rsidRPr="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D"/>
+    <w:p w14:paraId="4AFD57C2" w14:textId="77777777" w:rsidR="0071716D" w:rsidRPr="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid3"/>
         <w:tblW w:w="14622" w:type="dxa"/>
         <w:tblInd w:w="-825" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14622"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0071716D" w:rsidRPr="00D17E7B" w:rsidTr="006C00E2">
+      <w:tr w:rsidR="0071716D" w:rsidRPr="00D17E7B" w14:paraId="07B646A0" w14:textId="77777777" w:rsidTr="006C00E2">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14622" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="C4BC96" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0071716D" w:rsidRPr="00D17E7B" w:rsidRDefault="0071716D" w:rsidP="00341728">
+          <w:p w14:paraId="741C9613" w14:textId="77777777" w:rsidR="0071716D" w:rsidRPr="00D17E7B" w:rsidRDefault="0071716D" w:rsidP="00341728">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D17E7B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Section 1: Translation order information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0071716D" w:rsidRPr="00D17E7B" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+    <w:p w14:paraId="76C01501" w14:textId="77777777" w:rsidR="0071716D" w:rsidRPr="00D17E7B" w:rsidRDefault="0071716D" w:rsidP="0071716D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="006C00E2" w:rsidRDefault="006C00E2">
+    <w:p w14:paraId="41F2C000" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D"/>
+    <w:p w14:paraId="18BC8490" w14:textId="77777777" w:rsidR="00423369" w:rsidRDefault="00423369"/>
+    <w:p w14:paraId="13364382" w14:textId="77777777" w:rsidR="006C00E2" w:rsidRDefault="006C00E2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>__________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
@@ -375,156 +361,130 @@
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071716D" w:rsidRDefault="006C00E2">
+    <w:p w14:paraId="23C898BC" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="006C00E2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F47F91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Job No. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47F91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...21 lines deleted...]
-        <w:t>. X-00000-XXX-000)</w:t>
+        <w:t>(ex. X-00000-XXX-000)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C00E2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>FdR</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="007D65A8" w:rsidRDefault="007D65A8">
+    <w:p w14:paraId="61983B36" w14:textId="77777777" w:rsidR="007D65A8" w:rsidRDefault="007D65A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D65A8" w:rsidRDefault="007D65A8">
+    <w:p w14:paraId="28247B6F" w14:textId="77777777" w:rsidR="007D65A8" w:rsidRDefault="007D65A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D65A8" w:rsidRDefault="00987A55">
+    <w:p w14:paraId="1AA00B9F" w14:textId="77777777" w:rsidR="007D65A8" w:rsidRDefault="00151D93">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:color w:val="000000"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1450430231"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="dd/MM/yyyy"/>
             <w:lid w:val="en-GB"/>
             <w:storeMappedDataAs w:val="dateTime"/>
@@ -649,51 +609,51 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D65A8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D65A8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00423369" w:rsidRDefault="007D65A8">
+    <w:p w14:paraId="08EA9261" w14:textId="77777777" w:rsidR="00423369" w:rsidRDefault="007D65A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Original deadline</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
@@ -750,51 +710,51 @@
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Actual </w:t>
       </w:r>
       <w:r w:rsidR="00423369">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Delivery Date in IRIS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00423369" w:rsidRDefault="00423369">
+    <w:p w14:paraId="29FE4EE2" w14:textId="77777777" w:rsidR="00423369" w:rsidRDefault="00423369">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
@@ -850,51 +810,51 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D65A8" w:rsidRPr="00423369" w:rsidRDefault="00987A55" w:rsidP="00423369">
+    <w:p w14:paraId="1C24FE0F" w14:textId="77777777" w:rsidR="007D65A8" w:rsidRPr="00423369" w:rsidRDefault="00151D93" w:rsidP="00423369">
       <w:pPr>
         <w:ind w:left="7200"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:color w:val="000000"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1855173839"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -916,73 +876,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delivered by email </w:t>
       </w:r>
       <w:r w:rsidR="00423369" w:rsidRPr="00423369">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00423369" w:rsidRPr="00423369">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">please tick the box if the job has </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> by email)</w:t>
+        <w:t>please tick the box if the job has been  delivered by email)</w:t>
       </w:r>
       <w:r w:rsidR="007D65A8" w:rsidRPr="00423369">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D65A8" w:rsidRPr="00423369">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D65A8" w:rsidRPr="00423369">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
@@ -999,328 +937,318 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D65A8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D65A8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D">
+    <w:p w14:paraId="523343A4" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00824251" w:rsidRPr="00423369" w:rsidRDefault="00824251">
+    <w:p w14:paraId="13B6BB47" w14:textId="77777777" w:rsidR="00824251" w:rsidRPr="00423369" w:rsidRDefault="00824251">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00275A81" w:rsidRDefault="006C00E2">
+    <w:p w14:paraId="643B5E52" w14:textId="77777777" w:rsidR="00275A81" w:rsidRDefault="006C00E2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>De</w:t>
       </w:r>
       <w:r w:rsidR="00E01A64">
         <w:t>tailed Explanation of Delay:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00275A81" w:rsidRDefault="00E01A64">
+    <w:p w14:paraId="549E4D39" w14:textId="77777777" w:rsidR="00275A81" w:rsidRDefault="00E01A64">
       <w:r>
-        <w:t xml:space="preserve">(Please describe why the translation </w:t>
-[...7 lines deleted...]
-        <w:t>.)</w:t>
+        <w:t>(Please describe why the translation was delayed.)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0071716D" w:rsidTr="0071716D">
+      <w:tr w:rsidR="0071716D" w14:paraId="63CB1409" w14:textId="77777777" w:rsidTr="0071716D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13176" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+          <w:p w14:paraId="580570F4" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071716D" w:rsidTr="0071716D">
+      <w:tr w:rsidR="0071716D" w14:paraId="3FF693DA" w14:textId="77777777" w:rsidTr="0071716D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13176" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+          <w:p w14:paraId="00CC7D7B" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071716D" w:rsidTr="0071716D">
+      <w:tr w:rsidR="0071716D" w14:paraId="2BA41BD9" w14:textId="77777777" w:rsidTr="0071716D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13176" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+          <w:p w14:paraId="7192E690" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071716D" w:rsidTr="0071716D">
+      <w:tr w:rsidR="0071716D" w14:paraId="453609FD" w14:textId="77777777" w:rsidTr="0071716D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13176" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+          <w:p w14:paraId="51CD1F49" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071716D" w:rsidTr="0071716D">
+      <w:tr w:rsidR="0071716D" w14:paraId="76655906" w14:textId="77777777" w:rsidTr="0071716D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13176" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+          <w:p w14:paraId="4529F9EA" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071716D" w:rsidTr="0071716D">
+      <w:tr w:rsidR="0071716D" w14:paraId="300F5F47" w14:textId="77777777" w:rsidTr="0071716D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13176" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+          <w:p w14:paraId="29154546" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071716D" w:rsidTr="0071716D">
+      <w:tr w:rsidR="0071716D" w14:paraId="6561B92B" w14:textId="77777777" w:rsidTr="0071716D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13176" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+          <w:p w14:paraId="58C70042" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0071716D" w:rsidTr="0071716D">
+      <w:tr w:rsidR="0071716D" w14:paraId="17973DC1" w14:textId="77777777" w:rsidTr="0071716D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13176" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+          <w:p w14:paraId="7109949D" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid3"/>
         <w:tblW w:w="14447" w:type="dxa"/>
         <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4235"/>
         <w:gridCol w:w="10212"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w:rsidTr="00824251">
+      <w:tr w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w14:paraId="582E1452" w14:textId="77777777" w:rsidTr="00824251">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14447" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w:rsidRDefault="006C00E2" w:rsidP="007D65A8">
+          <w:p w14:paraId="2028CC30" w14:textId="6F119CF3" w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w:rsidRDefault="006C00E2" w:rsidP="007D65A8">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="C0504D" w:themeColor="accent2"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">General Comment - </w:t>
             </w:r>
             <w:r w:rsidRPr="00F47F91">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Section for </w:t>
             </w:r>
-            <w:r w:rsidR="007D65A8">
+            <w:r w:rsidR="00151D93">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>ETU</w:t>
+              <w:t>Outsourcing Unit</w:t>
             </w:r>
             <w:r w:rsidRPr="00F47F91">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">use only </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C00E2" w:rsidRPr="00FE580A" w:rsidTr="00824251">
+      <w:tr w:rsidR="006C00E2" w:rsidRPr="00FE580A" w14:paraId="0EDD34B1" w14:textId="77777777" w:rsidTr="00824251">
         <w:trPr>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C00E2" w:rsidRPr="00122955" w:rsidRDefault="006C00E2" w:rsidP="006C00E2">
+          <w:p w14:paraId="7ACE612E" w14:textId="77777777" w:rsidR="006C00E2" w:rsidRPr="00122955" w:rsidRDefault="006C00E2" w:rsidP="006C00E2">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0"/>
               <w:ind w:right="357"/>
-              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Late delivery justified       </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:color w:val="1F497D"/>
@@ -1421,329 +1349,327 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>no</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10212" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C00E2" w:rsidRPr="00FE580A" w:rsidRDefault="006C00E2" w:rsidP="00341728">
+          <w:p w14:paraId="5A732848" w14:textId="77777777" w:rsidR="006C00E2" w:rsidRPr="00FE580A" w:rsidRDefault="006C00E2" w:rsidP="00341728">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C00E2" w:rsidRPr="00AB58F2" w:rsidTr="00824251">
+      <w:tr w:rsidR="006C00E2" w:rsidRPr="00AB58F2" w14:paraId="11205669" w14:textId="77777777" w:rsidTr="00824251">
         <w:trPr>
           <w:trHeight w:val="55"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14447" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="1F497D"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C00E2" w:rsidRPr="00AB58F2" w:rsidRDefault="006C00E2" w:rsidP="00341728">
+          <w:p w14:paraId="573B184E" w14:textId="77777777" w:rsidR="006C00E2" w:rsidRPr="00AB58F2" w:rsidRDefault="006C00E2" w:rsidP="00341728">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w:rsidTr="00824251">
+      <w:tr w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w14:paraId="27DA69B0" w14:textId="77777777" w:rsidTr="00824251">
         <w:trPr>
           <w:trHeight w:val="6422"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:color w:val="C0504D" w:themeColor="accent2"/>
             </w:rPr>
             <w:alias w:val="General Comment - EP (LU)"/>
             <w:tag w:val="General Comment - EP (LU)"/>
             <w:id w:val="-2117744754"/>
             <w:placeholder>
               <w:docPart w:val="2787CF6D5A2A49C28DD61265FA4E7B77"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="14447" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="17365D" w:themeColor="text2" w:themeShade="BF"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
               </w:tcPr>
-              <w:p w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w:rsidRDefault="006C00E2" w:rsidP="006C00E2">
+              <w:p w14:paraId="209FA71B" w14:textId="77777777" w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w:rsidRDefault="006C00E2" w:rsidP="006C00E2">
                 <w:pPr>
                   <w:spacing w:before="6" w:after="6"/>
                   <w:ind w:left="-814"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:bCs/>
                     <w:color w:val="C0504D" w:themeColor="accent2"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00D17E7B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid3"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-2848"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="14640" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14640"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w:rsidTr="006C00E2">
+      <w:tr w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w14:paraId="280D9611" w14:textId="77777777" w:rsidTr="006C00E2">
         <w:trPr>
           <w:trHeight w:val="25"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="073672"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w:rsidRDefault="006C00E2" w:rsidP="006C00E2">
+          <w:p w14:paraId="0115453B" w14:textId="77777777" w:rsidR="006C00E2" w:rsidRPr="00D17E7B" w:rsidRDefault="006C00E2" w:rsidP="006C00E2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="C0504D" w:themeColor="accent2"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00206642" w:rsidRPr="006C00E2" w:rsidRDefault="00206642" w:rsidP="00206642"/>
+    <w:p w14:paraId="2C42D568" w14:textId="77777777" w:rsidR="00206642" w:rsidRPr="006C00E2" w:rsidRDefault="00206642" w:rsidP="00206642"/>
     <w:sectPr w:rsidR="00206642" w:rsidRPr="006C00E2" w:rsidSect="00423369">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="709" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+    <w:p w14:paraId="26354CB2" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+    <w:p w14:paraId="6029E501" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+    <w:p w14:paraId="2DC31B7C" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
+    <w:p w14:paraId="3CEC1C22" w14:textId="77777777" w:rsidR="0071716D" w:rsidRDefault="0071716D" w:rsidP="0071716D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0071716D" w:rsidRPr="00206642" w:rsidRDefault="00987A55" w:rsidP="00987A55">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="286156F1" w14:textId="77777777" w:rsidR="0071716D" w:rsidRPr="00206642" w:rsidRDefault="00987A55" w:rsidP="00987A55">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="2160"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -1753,100 +1679,100 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24E37F04" wp14:editId="468C8189">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1CF48B4A" wp14:editId="6C9054BF">
           <wp:extent cx="799630" cy="723582"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="12" name="Picture 12" descr="MonoColorEN"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="12" name="Picture 12" descr="MonoColorEN"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="803801" cy="727357"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E4089024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -2060,174 +1986,176 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="511576299">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="636498412">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1740667705">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1580091372">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="815950453">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1955624612">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="637760943">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1303467165">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="238254570">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1151481750">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B47730"/>
     <w:rsid w:val="00034616"/>
     <w:rsid w:val="0006063C"/>
     <w:rsid w:val="0015074B"/>
+    <w:rsid w:val="00151D93"/>
     <w:rsid w:val="00206642"/>
     <w:rsid w:val="00275A81"/>
     <w:rsid w:val="0029639D"/>
     <w:rsid w:val="00326F90"/>
     <w:rsid w:val="00423369"/>
     <w:rsid w:val="006C00E2"/>
     <w:rsid w:val="0071716D"/>
     <w:rsid w:val="007D65A8"/>
     <w:rsid w:val="00824251"/>
     <w:rsid w:val="00987A55"/>
     <w:rsid w:val="00AA1D8D"/>
     <w:rsid w:val="00B47730"/>
     <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00CF6637"/>
     <w:rsid w:val="00E01A64"/>
     <w:rsid w:val="00FC693F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6B5769F1"/>
+  <w14:docId w14:val="1AB9F1A4"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{B43FC71A-F955-4A58-9483-05C0BC3132DE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2546,50 +2474,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
@@ -13602,69 +13535,69 @@
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0071716D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Contractorformat">
     <w:name w:val="Contractor_format"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="0071716D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:color w:val="auto"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dgtrad.etucontractsexecution@europarl.europa.eu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013438"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C7387F6F-8928-401A-AE68-9FA2C417223E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00585237" w:rsidRDefault="00AD761B">
           <w:r w:rsidRPr="00960A53">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
@@ -13683,177 +13616,183 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E921C217-17B6-43FC-B476-E7C444A479ED}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00585237" w:rsidRDefault="00AD761B" w:rsidP="00AD761B">
           <w:pPr>
             <w:pStyle w:val="2787CF6D5A2A49C28DD61265FA4E7B77"/>
           </w:pPr>
           <w:r w:rsidRPr="006B43F3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD761B"/>
     <w:rsid w:val="00585237"/>
     <w:rsid w:val="00AD761B"/>
+    <w:rsid w:val="00CF6637"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -14181,189 +14120,106 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B840E34C34D4DA6B3FE24130B1A395A">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00585237"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B18F69B39A3E494581888F1ECB154509">
-[...46 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2787CF6D5A2A49C28DD61265FA4E7B77">
     <w:name w:val="2787CF6D5A2A49C28DD61265FA4E7B77"/>
-    <w:rsid w:val="00AD761B"/>
-[...34 lines deleted...]
-    <w:name w:val="A8D2AD8C55F3461F90FE04CCF74C11F9"/>
     <w:rsid w:val="00AD761B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -14663,75 +14519,75 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85596F7C-F6BB-4A6A-A46B-4DC0BF4BEAA1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>normal.dotm</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>162</Words>
-  <Characters>930</Characters>
+  <Words>164</Words>
+  <Characters>940</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1090</CharactersWithSpaces>
+  <CharactersWithSpaces>1102</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
   <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>